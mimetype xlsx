--- v0 (2026-02-04)
+++ v1 (2026-03-25)
@@ -10,68 +10,338 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="96">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
+  </si>
+  <si>
+    <t>ordem dia</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>Renato Cardoso de Laia - Prefeito</t>
+  </si>
+  <si>
+    <t>"Altera a Lei Ordinária Municipal nº 1.596/2019 e dá outras providências."</t>
+  </si>
+  <si>
+    <t>Não informada</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 2 de 2026</t>
+  </si>
+  <si>
+    <t>"Altera o Anexo l da Lei Ordinária Municipal nº 1.596/2019 e da outras providencias."</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 5 de 2026</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a alteração da Lei 1.580/2018 - Estatuto e Plano de Cargo, Carreira e Vencimento do Magistério Publico do Município de Lajinha, e dá outras providencias".</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 8 de 2026</t>
+  </si>
+  <si>
+    <t>"Autoriza o Poder Executivo Municipal de Lajinha a celebrar convênio de cooperação mútua com associação hospitalar sem fins lucrativos, visando ao fomento e a qualificação dos serviços de saúde no âmbito municipal, e da outras providencias".</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 9 de 2026</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal de Lajinha a celebrar convênio de cooperação mútua com associação sem fins lucrativos, visando ao fomento e à qualificação dos serviços de assistência social e acolhimento de idosos e crianças em situação de vulnerabilidade e abandono no âmbito municipal, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>"Institui o Programa de Recuperação Fiscal do Município de Lajinha e da outras providencias".</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>Mesa Diretora - MESA</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre o Calendário de Reuniões Ordinárias da Câmara Municipal de Lajinha/MG para o exercício de 2026, e dá outras providencias".</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>FELIPE DO GÁS</t>
+  </si>
+  <si>
+    <t>´´Moção de Aplausos a Alexssandro Lopes Athadeu´´</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos nº 2 de 2026</t>
+  </si>
+  <si>
+    <t>´´Moção de Aplausos a Angela Maria Moreira´´</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos nº 3 de 2026</t>
+  </si>
+  <si>
+    <t>´´Moção de Aplausos a Franciele Nunes Ferreira´´</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos nº 4 de 2026</t>
+  </si>
+  <si>
+    <t>´´Moção de Aplausos a Hamilton Alvim De Freitas´´</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos nº 5 de 2026</t>
+  </si>
+  <si>
+    <t>´´Moção de Aplausos a Izamara Gomes Reduzindo Ambrósio´´</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos nº 6 de 2026</t>
+  </si>
+  <si>
+    <t>´´Moção de Aplausos a Karina Kelly Sucre dos Santos Bastos´´</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos nº 7 de 2026</t>
+  </si>
+  <si>
+    <t>´´Moção de Aplausos a Marcelo Antonio da Silva´´</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos nº 8 de 2026</t>
+  </si>
+  <si>
+    <t>´´Moção de Aplausos a Maria Emilia do Nascimento Freitas´´</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos nº 9 de 2026</t>
+  </si>
+  <si>
+    <t>´´Moção de Aplausos a Natan Martins Ruela´´</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos nº 10 de 2026</t>
+  </si>
+  <si>
+    <t>´´Moção de Aplausos a Rayssa Brinate Carvalho Santos Alves´´</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos nº 11 de 2026</t>
+  </si>
+  <si>
+    <t>´´Moção de Aplausos a Raine Regly´´</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos nº 12 de 2026</t>
+  </si>
+  <si>
+    <t>EMERSON PINTA</t>
+  </si>
+  <si>
+    <t>´´Moção de Aplausos aos empresários Rosilene Laurinda Lopes Cardoso e João Renato Lopes Cardoso´´</t>
+  </si>
+  <si>
+    <t>Indicação nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>ALMEDINO FLORINDO</t>
+  </si>
+  <si>
+    <t>SOLICITO AO SR. PREFEITO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE SOLICITAR O CALÇAMENTO EM UMA DEVIDA ÁREA DA ALDEIA, DISTRITO DO PRATA.</t>
+  </si>
+  <si>
+    <t>Indicação nº 2 de 2026</t>
+  </si>
+  <si>
+    <t>SOLICITO AO SR. PREFEITO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE SOLICITAR MAIS UM GARI PARA O CÓRREGO DO SOCAPÓ.</t>
+  </si>
+  <si>
+    <t>Indicação nº 3 de 2026</t>
+  </si>
+  <si>
+    <t>BRUNO FIALHO</t>
+  </si>
+  <si>
+    <t>SOLICITO AO SR. PREFEITO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE SOLICITAR A AMPLIAÇÃO E REVITALIZAÇÃO DA QUADRA DE AREIA DO POLIESPORTIVO MUNICIPAL, E MATERIAIS PARA O INÍCIO DA ATIVIDADES.</t>
+  </si>
+  <si>
+    <t>Indicação nº 4 de 2026</t>
+  </si>
+  <si>
+    <t>SOLICITO AO SR. PREFEITO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE SOLICITAR A INSTALAÇÃO DE UMA REDE DE ENERGIA NO LOTEAMENTO ´´CACHOEIRA ALTA´´, NO DISTRITO DO PRATA.</t>
+  </si>
+  <si>
+    <t>Moção de Pesar nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>NEURA</t>
+  </si>
+  <si>
+    <t>´´MOÇÃO DE PESAR AOS FAMILIARES DE CORNÉLIO DUARTE HUBNER DE SOUZA´´</t>
+  </si>
+  <si>
+    <t>Moção de Pesar nº 2 de 2026</t>
+  </si>
+  <si>
+    <t>´´MOÇÃO DE PESAR AOS FAMILIARES DE MARIA APARECIDA GONÇALVES DE MIRANDA´´</t>
+  </si>
+  <si>
+    <t>Moção de Pesar nº 3 de 2026</t>
+  </si>
+  <si>
+    <t>´´MOÇÃO DE PESAR AOS FAMILIARES DE MARCIO LUIZ DE SOUZA´´</t>
+  </si>
+  <si>
+    <t>Moção de Pesar nº 4 de 2026</t>
+  </si>
+  <si>
+    <t>´´MOÇÃO DE PESAR AOS FAMILIARES DE MARIA APARECIDA DE SOUZA´´</t>
+  </si>
+  <si>
+    <t>Moção de Pesar nº 5 de 2026</t>
+  </si>
+  <si>
+    <t>FLAVINHO</t>
+  </si>
+  <si>
+    <t>´´MOÇÃO DE PESAR AOS FAMILIARES DE ZILDA ANDRADE RIBEIRO´´</t>
+  </si>
+  <si>
+    <t>Moção de Pesar nº 6 de 2026</t>
+  </si>
+  <si>
+    <t>JULIO BOLINHA</t>
+  </si>
+  <si>
+    <t>´´MOÇÃO DE PESAR AOS FAMILIARES DE HELLEN ROQUE FERNANDES´´</t>
+  </si>
+  <si>
+    <t>Moção de Pesar nº 7 de 2026</t>
+  </si>
+  <si>
+    <t>´´MOÇÃO DE PESAR AOS FAMILIARES DE JOSÉ VIEIRA GALDINO´´</t>
+  </si>
+  <si>
+    <t>Moção de Pesar nº 8 de 2026</t>
+  </si>
+  <si>
+    <t>´´MOÇÃO DE PESAR AOS FAMILIARES DE EUCLIDES EDUARDO HERMISDORFF RIBEIRO´´</t>
+  </si>
+  <si>
+    <t>Pedido de Providência nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>PEDIDO DE PROVIDÊNCIA, SOLICITO O REPARO NA RUA MADALENA SATLER.</t>
+  </si>
+  <si>
+    <t>Pedido de Providência nº 2 de 2026</t>
+  </si>
+  <si>
+    <t>PEDIDO DE PROVIDÊNCIA, SOLICITO A UM PROFISSIONAL DE EDUCAÇÃO FÍSICA PARA O CÓRREGO DO SOCAPÓ.</t>
+  </si>
+  <si>
+    <t>expediente</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 3 de 2026</t>
+  </si>
+  <si>
+    <t>"Dispõe sobra a designação dos honorários advocatícios sucumbenciais aos advogados públicos, procuradores, assessores jurídicos e Procurador Geral do Município e da outras providencias".</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 4 de 2026</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a criação do Fundo Municipal do Idoso (FMI), estabelece as fontes de receita, define os critérios de aplicação de seus recursos, e dá outras providencias".</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 6 de 2026</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a revisão geral anual dos subsídios dos Secretários Municipais, e dá outras providencias".</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 7 de 2026</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a revisão geral anual dos vencimentos dos cargos comissionados previstos na Lei Municipal nº 1.565/2018 e dá outras providencias".</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 11 de 2026</t>
+  </si>
+  <si>
+    <t>"Autoriza o Poder Executivo do Município de Lajinha, Estado de Minas Gerais a proceder a abertura de crédito adicional especial junto ao orçamento municipal de 2026, e da outras providencias".</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 12 de 2026</t>
+  </si>
+  <si>
+    <t>"Autorizo o Poder Executivo a contratar operação de crédito com caixa Econômica Federal e dá outras providencias".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -363,82 +633,1002 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F1"/>
+  <dimension ref="A1:F47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="2.85546875" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="8.85546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="38.28515625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="30.28515625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="14.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6">
+      <c r="A2">
+        <v>1127</v>
+      </c>
+      <c r="B2" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
+      <c r="A3">
+        <v>1128</v>
+      </c>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>8</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
+      <c r="A4">
+        <v>1133</v>
+      </c>
+      <c r="B4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>8</v>
+      </c>
+      <c r="E4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5">
+        <v>1136</v>
+      </c>
+      <c r="B5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6">
+        <v>1137</v>
+      </c>
+      <c r="B6" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E6" t="s">
+        <v>18</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7">
+        <v>1138</v>
+      </c>
+      <c r="B7" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
+        <v>8</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8">
+        <v>1131</v>
+      </c>
+      <c r="B8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" t="s">
+        <v>23</v>
+      </c>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9">
+        <v>1154</v>
+      </c>
+      <c r="B9" t="s">
+        <v>6</v>
+      </c>
+      <c r="C9" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" t="s">
+        <v>26</v>
+      </c>
+      <c r="F9" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10">
+        <v>1155</v>
+      </c>
+      <c r="B10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" t="s">
+        <v>28</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11">
+        <v>1156</v>
+      </c>
+      <c r="B11" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" t="s">
+        <v>25</v>
+      </c>
+      <c r="E11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F11" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12">
+        <v>1157</v>
+      </c>
+      <c r="B12" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
+        <v>25</v>
+      </c>
+      <c r="E12" t="s">
+        <v>32</v>
+      </c>
+      <c r="F12" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13">
+        <v>1158</v>
+      </c>
+      <c r="B13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" t="s">
+        <v>25</v>
+      </c>
+      <c r="E13" t="s">
+        <v>34</v>
+      </c>
+      <c r="F13" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14">
+        <v>1159</v>
+      </c>
+      <c r="B14" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" t="s">
+        <v>35</v>
+      </c>
+      <c r="D14" t="s">
+        <v>25</v>
+      </c>
+      <c r="E14" t="s">
+        <v>36</v>
+      </c>
+      <c r="F14" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15">
+        <v>1160</v>
+      </c>
+      <c r="B15" t="s">
+        <v>6</v>
+      </c>
+      <c r="C15" t="s">
+        <v>37</v>
+      </c>
+      <c r="D15" t="s">
+        <v>25</v>
+      </c>
+      <c r="E15" t="s">
+        <v>38</v>
+      </c>
+      <c r="F15" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16">
+        <v>1161</v>
+      </c>
+      <c r="B16" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" t="s">
+        <v>39</v>
+      </c>
+      <c r="D16" t="s">
+        <v>25</v>
+      </c>
+      <c r="E16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F16" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17">
+        <v>1162</v>
+      </c>
+      <c r="B17" t="s">
+        <v>6</v>
+      </c>
+      <c r="C17" t="s">
+        <v>41</v>
+      </c>
+      <c r="D17" t="s">
+        <v>25</v>
+      </c>
+      <c r="E17" t="s">
+        <v>42</v>
+      </c>
+      <c r="F17" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18">
+        <v>1163</v>
+      </c>
+      <c r="B18" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
+        <v>25</v>
+      </c>
+      <c r="E18" t="s">
+        <v>44</v>
+      </c>
+      <c r="F18" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19">
+        <v>1164</v>
+      </c>
+      <c r="B19" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" t="s">
+        <v>45</v>
+      </c>
+      <c r="D19" t="s">
+        <v>25</v>
+      </c>
+      <c r="E19" t="s">
+        <v>46</v>
+      </c>
+      <c r="F19" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20">
+        <v>1165</v>
+      </c>
+      <c r="B20" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" t="s">
+        <v>47</v>
+      </c>
+      <c r="D20" t="s">
+        <v>48</v>
+      </c>
+      <c r="E20" t="s">
+        <v>49</v>
+      </c>
+      <c r="F20" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21">
+        <v>1139</v>
+      </c>
+      <c r="B21" t="s">
+        <v>6</v>
+      </c>
+      <c r="C21" t="s">
+        <v>50</v>
+      </c>
+      <c r="D21" t="s">
+        <v>51</v>
+      </c>
+      <c r="E21" t="s">
+        <v>52</v>
+      </c>
+      <c r="F21" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22">
+        <v>1140</v>
+      </c>
+      <c r="B22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C22" t="s">
+        <v>53</v>
+      </c>
+      <c r="D22" t="s">
+        <v>25</v>
+      </c>
+      <c r="E22" t="s">
+        <v>54</v>
+      </c>
+      <c r="F22" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23">
+        <v>1141</v>
+      </c>
+      <c r="B23" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" t="s">
+        <v>55</v>
+      </c>
+      <c r="D23" t="s">
+        <v>56</v>
+      </c>
+      <c r="E23" t="s">
+        <v>57</v>
+      </c>
+      <c r="F23" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24">
+        <v>1142</v>
+      </c>
+      <c r="B24" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" t="s">
+        <v>58</v>
+      </c>
+      <c r="D24" t="s">
+        <v>56</v>
+      </c>
+      <c r="E24" t="s">
+        <v>59</v>
+      </c>
+      <c r="F24" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25">
+        <v>1143</v>
+      </c>
+      <c r="B25" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" t="s">
+        <v>60</v>
+      </c>
+      <c r="D25" t="s">
+        <v>61</v>
+      </c>
+      <c r="E25" t="s">
+        <v>62</v>
+      </c>
+      <c r="F25" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
+      <c r="A26">
+        <v>1144</v>
+      </c>
+      <c r="B26" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" t="s">
+        <v>63</v>
+      </c>
+      <c r="D26" t="s">
+        <v>61</v>
+      </c>
+      <c r="E26" t="s">
+        <v>64</v>
+      </c>
+      <c r="F26" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
+      <c r="A27">
+        <v>1145</v>
+      </c>
+      <c r="B27" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" t="s">
+        <v>65</v>
+      </c>
+      <c r="D27" t="s">
+        <v>61</v>
+      </c>
+      <c r="E27" t="s">
+        <v>66</v>
+      </c>
+      <c r="F27" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
+      <c r="A28">
+        <v>1146</v>
+      </c>
+      <c r="B28" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" t="s">
+        <v>67</v>
+      </c>
+      <c r="D28" t="s">
+        <v>61</v>
+      </c>
+      <c r="E28" t="s">
+        <v>68</v>
+      </c>
+      <c r="F28" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6">
+      <c r="A29">
+        <v>1147</v>
+      </c>
+      <c r="B29" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" t="s">
+        <v>69</v>
+      </c>
+      <c r="D29" t="s">
+        <v>70</v>
+      </c>
+      <c r="E29" t="s">
+        <v>71</v>
+      </c>
+      <c r="F29" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30">
+        <v>1148</v>
+      </c>
+      <c r="B30" t="s">
+        <v>6</v>
+      </c>
+      <c r="C30" t="s">
+        <v>72</v>
+      </c>
+      <c r="D30" t="s">
+        <v>73</v>
+      </c>
+      <c r="E30" t="s">
+        <v>74</v>
+      </c>
+      <c r="F30" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31">
+        <v>1149</v>
+      </c>
+      <c r="B31" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" t="s">
+        <v>75</v>
+      </c>
+      <c r="D31" t="s">
+        <v>61</v>
+      </c>
+      <c r="E31" t="s">
+        <v>76</v>
+      </c>
+      <c r="F31" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6">
+      <c r="A32">
+        <v>1150</v>
+      </c>
+      <c r="B32" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32" t="s">
+        <v>77</v>
+      </c>
+      <c r="D32" t="s">
+        <v>70</v>
+      </c>
+      <c r="E32" t="s">
+        <v>78</v>
+      </c>
+      <c r="F32" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33">
+        <v>1152</v>
+      </c>
+      <c r="B33" t="s">
+        <v>6</v>
+      </c>
+      <c r="C33" t="s">
+        <v>79</v>
+      </c>
+      <c r="D33" t="s">
+        <v>51</v>
+      </c>
+      <c r="E33" t="s">
+        <v>80</v>
+      </c>
+      <c r="F33" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6">
+      <c r="A34">
+        <v>1153</v>
+      </c>
+      <c r="B34" t="s">
+        <v>6</v>
+      </c>
+      <c r="C34" t="s">
+        <v>81</v>
+      </c>
+      <c r="D34" t="s">
+        <v>25</v>
+      </c>
+      <c r="E34" t="s">
+        <v>82</v>
+      </c>
+      <c r="F34" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6">
+      <c r="A35">
+        <v>1127</v>
+      </c>
+      <c r="B35" t="s">
+        <v>83</v>
+      </c>
+      <c r="C35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D35" t="s">
+        <v>8</v>
+      </c>
+      <c r="E35" t="s">
+        <v>9</v>
+      </c>
+      <c r="F35" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36">
+        <v>1128</v>
+      </c>
+      <c r="B36" t="s">
+        <v>83</v>
+      </c>
+      <c r="C36" t="s">
+        <v>11</v>
+      </c>
+      <c r="D36" t="s">
+        <v>8</v>
+      </c>
+      <c r="E36" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37">
+        <v>1129</v>
+      </c>
+      <c r="B37" t="s">
+        <v>83</v>
+      </c>
+      <c r="C37" t="s">
+        <v>84</v>
+      </c>
+      <c r="D37" t="s">
+        <v>8</v>
+      </c>
+      <c r="E37" t="s">
+        <v>85</v>
+      </c>
+      <c r="F37" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38">
+        <v>1130</v>
+      </c>
+      <c r="B38" t="s">
+        <v>83</v>
+      </c>
+      <c r="C38" t="s">
+        <v>86</v>
+      </c>
+      <c r="D38" t="s">
+        <v>8</v>
+      </c>
+      <c r="E38" t="s">
+        <v>87</v>
+      </c>
+      <c r="F38" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39">
+        <v>1133</v>
+      </c>
+      <c r="B39" t="s">
+        <v>83</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>8</v>
+      </c>
+      <c r="E39" t="s">
+        <v>14</v>
+      </c>
+      <c r="F39" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40">
+        <v>1134</v>
+      </c>
+      <c r="B40" t="s">
+        <v>83</v>
+      </c>
+      <c r="C40" t="s">
+        <v>88</v>
+      </c>
+      <c r="D40" t="s">
+        <v>8</v>
+      </c>
+      <c r="E40" t="s">
+        <v>89</v>
+      </c>
+      <c r="F40" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41">
+        <v>1135</v>
+      </c>
+      <c r="B41" t="s">
+        <v>83</v>
+      </c>
+      <c r="C41" t="s">
+        <v>90</v>
+      </c>
+      <c r="D41" t="s">
+        <v>8</v>
+      </c>
+      <c r="E41" t="s">
+        <v>91</v>
+      </c>
+      <c r="F41" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42">
+        <v>1136</v>
+      </c>
+      <c r="B42" t="s">
+        <v>83</v>
+      </c>
+      <c r="C42" t="s">
+        <v>15</v>
+      </c>
+      <c r="D42" t="s">
+        <v>8</v>
+      </c>
+      <c r="E42" t="s">
+        <v>16</v>
+      </c>
+      <c r="F42" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43">
+        <v>1137</v>
+      </c>
+      <c r="B43" t="s">
+        <v>83</v>
+      </c>
+      <c r="C43" t="s">
+        <v>17</v>
+      </c>
+      <c r="D43" t="s">
+        <v>8</v>
+      </c>
+      <c r="E43" t="s">
+        <v>18</v>
+      </c>
+      <c r="F43" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44">
+        <v>1138</v>
+      </c>
+      <c r="B44" t="s">
+        <v>83</v>
+      </c>
+      <c r="C44" t="s">
+        <v>19</v>
+      </c>
+      <c r="D44" t="s">
+        <v>8</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6">
+      <c r="A45">
+        <v>1151</v>
+      </c>
+      <c r="B45" t="s">
+        <v>83</v>
+      </c>
+      <c r="C45" t="s">
+        <v>92</v>
+      </c>
+      <c r="D45" t="s">
+        <v>8</v>
+      </c>
+      <c r="E45" t="s">
+        <v>93</v>
+      </c>
+      <c r="F45" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6">
+      <c r="A46">
+        <v>1166</v>
+      </c>
+      <c r="B46" t="s">
+        <v>83</v>
+      </c>
+      <c r="C46" t="s">
+        <v>94</v>
+      </c>
+      <c r="D46" t="s">
+        <v>8</v>
+      </c>
+      <c r="E46" t="s">
+        <v>95</v>
+      </c>
+      <c r="F46" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6">
+      <c r="A47">
+        <v>1131</v>
+      </c>
+      <c r="B47" t="s">
+        <v>83</v>
+      </c>
+      <c r="C47" t="s">
+        <v>21</v>
+      </c>
+      <c r="D47" t="s">
+        <v>22</v>
+      </c>
+      <c r="E47" t="s">
+        <v>23</v>
+      </c>
+      <c r="F47" t="s">
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>